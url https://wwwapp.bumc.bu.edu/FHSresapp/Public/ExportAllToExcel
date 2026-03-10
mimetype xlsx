--- v0 (2025-12-01)
+++ v1 (2026-03-10)
@@ -20373,52 +20373,52 @@
         <v>1394</v>
       </c>
       <c r="F547" s="3">
         <f>HYPERLINK("https://www.framinghamheartstudy.org/phenotypic-data/vr_sntwk_2008_m_0641sn","Documentation")</f>
       </c>
       <c r="G547" s="0" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
         <v>1481</v>
       </c>
       <c r="B548" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="D548" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>1280</v>
       </c>
-      <c r="F548" s="0" t="s">
-        <v>1470</v>
+      <c r="F548" s="3">
+        <f>HYPERLINK("https://www.framinghamheartstudy.org/phenotypic-data/vr_soe_2023_a_1553s","Documentation")</f>
       </c>
       <c r="G548" s="0" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="B549" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="D549" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="F549" s="3">
         <f>HYPERLINK("https://www.framinghamheartstudy.org/phenotypic-data/vr_soechf_2016_a_1070s","Documentation")</f>
       </c>
       <c r="G549" s="0" t="b">